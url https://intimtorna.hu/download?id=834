--- v0 (2025-10-14)
+++ v1 (2026-02-26)
@@ -7,5923 +7,2603 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="7D6CA6A1" w14:textId="733ADC55" w:rsidR="00562BBF" w:rsidRDefault="005B73CF" w:rsidP="00271754">
-      <w:pPr>
+    <w:p w14:paraId="393FAB20" w14:textId="38C3BD72" w:rsidR="006D6765" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...5 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>ÁLTALÁNOS SZERZŐDÉSI FELTÉTELEK</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573A424F" w14:textId="1883D52C" w:rsidR="00D13D4E" w:rsidRDefault="00D13D4E" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>2024.10.</w:t>
+      </w:r>
+      <w:r w:rsidR="00827728">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC68CD8" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...4 lines deleted...]
-    <w:p w14:paraId="3924E053" w14:textId="7834AF1F" w:rsidR="008976C9" w:rsidRPr="00F94AB8" w:rsidRDefault="00562BBF" w:rsidP="008976C9">
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5A94C091" w14:textId="7346B8B0" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Az Általános Szerződési Feltételek (a továbbiakban: ÁSZF) tartalmazzák a VITÁL-TRÉNING Egészségmegőrző Korlátolt Felelősségű Társaság, mint szolgáltató (Szolgáltató) által üzemeltetett</w:t>
+      </w:r>
+      <w:r w:rsidR="00827728">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">,www.intimtorna.hu" (a továbbiakban: Weboldal) használatára vonatkozó feltételeket, a Weboldalon közzétett, a 2. pontban részletezett szolgáltatásokat (továbbiakban együttesen: Szolgáltatások) igénybe venni kívánó fogyasztó (a továbbiakban: Vásárló) jogait és kötelezettségeit. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17AC61A1" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Tisztelettel kérjük, figyelmesen olvassa el az alábbi tájékoztatót, amelyben részletesen tájékoztatjuk jogai gyakorlásának módjáról és lehetőségeiről, valamint az általunk követett, a vonatkozó jogszabályoknak megfelelő elveiről és gyakorlatáról. Ugyanakkor, jelen ÁSZF célja annak biztosítása, hogy a Szolgáltató megfeleljen a vásárlók tájékoztatásával kapcsolatos hatályos jogszabályoknak. Kérjük, hogy csak akkor vegye igénybe Szolgáltatásunkat, amennyiben minden pontjával egyetért, és kötelező érvényűnek tekinti magára nézve.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B2A26FE" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
       <w:pPr>
         <w:spacing w:beforeLines="120" w:before="288" w:afterLines="120" w:after="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
-[...64 lines deleted...]
-          <w:lang w:eastAsia="hu-HU"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Jelen dokumentum nem kerül iktatásra, kizárólag elektronikus formában kerül megkötésre (nem minősül írásba foglalt szerződésnek, azt a Szolgáltató nem iktatja), magatartási kódexre nem utal. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B26BF62" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:spacing w:beforeLines="120" w:before="288" w:afterLines="120" w:after="288"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A Weboldal használatával Ön kötelezőnek ismeri el a jelen Általános Szerződési Feltételekben foglalt rendelkezéseket, tudomásul veszi és elfogadja az alábbiakat:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0888D5AB" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Az ÁSZF elérhető és letölthető az alábbi linkről: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61387">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>https://.................................</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00073A25" w:rsidRPr="00212EF9">
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+    </w:p>
+    <w:p w14:paraId="0479A40B" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...412 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4996DFD6" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
           <w:b/>
           <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Szolgáltató adatai: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C15E42B" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A szolgáltató neve: VITÁL-TRÉNING Egészségmegőrző Korlátolt Felelősségű Társaság </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EDF0DC7" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A szolgáltató székhelye: 1061 Budapest, Király utca 14., I./5.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3E20620F" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A szolgáltató levelezési címe: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2092 Budakeszi, Márity László út 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B5EC053" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Szolgáltató jegyzékszáma: 01 09 889471</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D05190C" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Adószáma: 14113253-2-42</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="479EECF3" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Nyilvántartásban bejegyző hatóság neve (Szolgáltatóbíróság): Fővárosi Törvényszék Szolgáltatóbírósága</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36F50F67" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A szerződés nyelve: magyar </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="725CB62F" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69C62C1F" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A szolgáltató elérhetősége: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7297959F" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Honlap: www. intimtorna.hu </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C53F856" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>E-mail: info@intimtorna.hu</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C6AD394" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Telefonszáma: +36</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>305290056 (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Péntek: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>10:00 – 12:00)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2943DAE4" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Postacíme: </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2092 Budakeszi, Márity László út 6.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B3115B3" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="151A48B3" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cstheme="minorBidi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A tárhely-szolgáltató neve, székhelye: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63FE1834" w14:textId="25F372D6" w:rsidR="00827728" w:rsidRDefault="00827728" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t xml:space="preserve">II. A Szolgáltató és a Tréner viszonya </w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0C6B69ED" w14:textId="4B277FF1" w:rsidR="008976C9" w:rsidRPr="00F94AB8" w:rsidRDefault="005A3054" w:rsidP="00E64118">
+      </w:pPr>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Tárhely.Eu Kft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="675DF094" w14:textId="33718F12" w:rsidR="00827728" w:rsidRDefault="00827728" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Budapest, 1097, Könyves Kálmán krt</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 12-14</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7EEE92F1" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2188267B" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1. Alapvető rendelkezések </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F390B21" w14:textId="62B46497" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>1.1. Jelen ÁSZF 2024</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61387">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.10.25.</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="00B61387">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> n</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">apján lép hatályba és visszavonásáig, illetőleg következő módosításáig érvényes. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A6CF802" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.2. A Szolgáltató fenntartja a jogot, hogy egyoldalúan, bármikor, bármilyen változtatást, javítást hajtson végre az ÁSZF-en, illetve a Weboldalon, előzetes figyelmeztetés nélkül. Az új, módosított ÁSZF akkor lép hatályba, amikor azt a Szolgáltató a www.intimtorna.hu oldalon közzéteszi. Az ÁSZF lényeges módosítása esetén a Szolgáltató a hatálybalépést megelőző 30 (harminc) nappal a www.intimtorna.hu oldalon tájékoztatást tesz közzé az ÁSZF módosításáról. A tájékoztatás tartalmazza a pontos utalást az ÁSZF módosított rendelkezéseire, a módosítás hatályba lépésének időpontját, valamint a módosított ÁSZF elérhetőségét. A Vásárló a módosított ÁSZF-et a Weboldalnak a módosítás hatálybalépését követő használatával fogadja el. </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A weboldal az ÁSZF éppen aktuális verzióját jeleníti meg. Erre vonatkozó igény esetén, email útján megküldjük az ÁSZF korábbi, a módosítást megelőző időszakban érvényes változatát. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51734ADA" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1.3. Jelen ÁSZF a Szolgáltató által a Weboldalon keresztül nyújtott Szolgáltatásokra vonatkozó szabályokat tartalmazza. Ugyanakkor Szolgáltató felhívja a felhasználók figyelmét arra, hogy a tanfolyam megtartásában </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Szolgáltató nem vesz részt, mert a tanfolyamra jelentkezéskor a Vásárló és a tréner lép egymással közvetlenül szerződéses kapcsolatba. Szolgáltató kizárólag a 2 pontban megjelölt szolgáltatásokat biztosítja. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F0B7D23" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="06CC8FCB" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
-[...153 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...17 lines deleted...]
-    <w:p w14:paraId="5366977B" w14:textId="08FBB5AE" w:rsidR="008976C9" w:rsidRPr="00F94AB8" w:rsidRDefault="00562BBF" w:rsidP="008976C9">
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2. A Weboldal szolgáltatásai</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70B51DAF" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.1 Tréneri profil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F40B297" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Weboldal „Trénerek” menüpontjában megtalálható a Kriston módszert oktató trénerek (tréner profil) és elérhetőségeik. A tréner profilban elérhető a tréner bemutatkozása az oktatási nyelvein, a tréner oktatási helyszínei, az általa oktatott tanfolyamok típusai, illetve a trénerek addigi értékelései és induló tanfolyamai. Ezeket az információkat minden esetben az adott tréner adja meg, a Weboldal csak tárolja és megjeleníti őket. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201039FA" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="298CEDAF" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.2 Tanfolyamok, foglalkozások</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E871F74" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Weboldalon Szolgáltató közzéteszi a különböző tanfolyamtípusok leírásai, illetve az induló tanfolyamok részletei. Minden tanfolyamtípusnál szerepel, hogy milyen előfeltételeknek kell eleget tennie Vásárlónak ahhoz, hogy jelentkezhessen a tanfolyamra, amelyek elfogadása és betartása Vásárló feladata. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40CE668E" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49411F04" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.3 Jelentkezés tanfolyamra</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="624FB697" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A Weboldal kizárólag a tanfolyamra való jelentkezés lebonyolítását biztosítja, azaz a Szolgáltató a tanfolyam szervezésében és megtartásában nem vesz részt, tevékenysége és felelőssége a jelentkezés lebonyolítására korlátozódik. A Szolgáltató és a tréner által nyújtott szolgáltatások – és az értük való felelősség – tehát elkülönülnek. A Tanfolyam a meghirdetett feltételeknek megfelelő lebonyolítása a tréner kötelezettsége. A Szolgáltató nem vállal semmilyen felelősséget a tanfolyam szervezése, megvalósulása vagy elmaradása kapcsán.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="271CAC67" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="120EB454" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vásárló csak úgy jelentkezhet tanfolyamra, ha érvényes regisztrációval rendelkezik a Weboldalon és be van jelentkezve fiókjába, valamint a jelentkezéshez szükséges adatokat megadta: név, email cím, számlázási adatok, telefonszám. Tekintette arra, hogy a tanfolyamon való részvétel tekintetében a Vásárló a Trénerrel kerül szerződéses kapcsolatba, a jelentkezéskor a Vásárló elfogadja a Tréner ÁSZF-jét és megismerheti adatvédelmi nyilatkozatát. A jelentkezés fizetési kötelezettség vállalását jelenti a tréner felé. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5928A3E0" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A jelentkezés folyamatában Vásárló nyilatkozik Szolgáltató felé a szerzői jogok tiszteletben tartásáról, ami rá nézve kötelező érvényű.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0723AC68" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vásárló a Weboldalon bármilyen foglalkozásra való jelentkezéskor felelősséget vállal, hogy a feltüntetett előfeltételeknek eleget tesz. Amennyiben később kiderül, hogy mégsem tesz eleget a feltételeknek, annak felelőssége Vásárlót terheli.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E99D80F" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
       <w:pPr>
         <w:spacing w:beforeLines="120" w:before="288" w:afterLines="120" w:after="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
-[...280 lines deleted...]
-          <w:lang w:eastAsia="hu-HU"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A Vásárló a fizetési opció kiválasztását és a Tréner ÁSZF-jének, adatvédelmi nyilatkozatának, valamint a szerzői jogi nyilatkozat és az előfeltételeknek való megfelelési nyilatkozat elfogadása után a „Jelentkezem” gombra kattintással véglegesíti a Jelentkezést.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6F02C62F" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A jelentkezéssel Vásárló tudomásul veszi, hogy a Szolgáltató az adatokat továbbítja a jelentkezés során kiválasztott tanfolyamot tartó trénernek a tanfolyammal kapcsolatos további szervezési lépések megtétele érdekében (elmaradásáról, időpont változás, egyéb fontos körülményről tájékoztatás</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="42FFB2AD" w14:textId="3739D1CD" w:rsidR="00562BBF" w:rsidRPr="00F94AB8" w:rsidRDefault="00562BBF" w:rsidP="008976C9">
+    <w:p w14:paraId="5879FA53" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
       <w:pPr>
         <w:spacing w:beforeLines="120" w:before="288" w:afterLines="120" w:after="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
-[...72 lines deleted...]
-    <w:p w14:paraId="0259C292" w14:textId="3FDA4BA9" w:rsidR="008976C9" w:rsidRPr="00F94AB8" w:rsidRDefault="00591BC5" w:rsidP="008976C9">
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A jelentkezés után Vásárló 24 órán belül tájékoztató e-mail üzenetet kap Szolgáltatótól az általa megadott e-mail címre, amely tartalmazza a tanfolyam fontosabb adatait, és egyéb információkat. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A8528BA" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.4 Várólista</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41785AF6" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Amennyiben egy tanfolyamra már nincsen szabad férőhely, úgy a várólistájára való jelentkezés lehetséges. A várólistára való jelentkezés nem garantálja a tanfolyamra való bekerülést, ez kizárólag akkor történik meg, ha felszabadul egy hely a tanfolyamon. A Weboldal várólista funkciója arra kínál lehetőséget, hogy a Vásárló értesüljön a felszabaduló helyről és jelentkezzen a tanfolyamra, valamint ha újra betelt a tanfolyam, arról is értesül.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41465EB7" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43AC7A08" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.5 Regisztráció a Weboldalra</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4AD25FCB" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Weboldal használatához nem, de tanfolyamra való jelentkezéshez kötelező a regisztráció, azaz a felhasználói fiók (profil) létrehozása. Vásárló a regisztráció során köteles megadni a következő adatait: név, email cím. A regisztráció után Vásárló egy emailt kap, amely segítségével megerősítheti a regisztrációját és a fiók csak a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">sikeres megerősítés után jön létre. Regisztrációkor Vásárló elfogadja a Weboldal ÁSZF-jét, illetve megismerheti adatvédelmi tájékoztatóját. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03B1D541" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="584EBE4F" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.6 Értékelések</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5FE7B02B" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vásárlónak joga van értékelni minden Trénert a Weboldalon, akinél valamilyen foglalkozáson részt vett. A Weboldalon az értékelés változatlan formában megjelenik, azonban a Vásárlónak csak a keresztneve lesz közzé téve, a vezetékneve vagy település név nem. Trénernek joga van, hogy utólag sértőként értékelje a közzétett értékelést jelezve ezt Szolgáltató felé, amelyet követően Szolgáltató felülvizsgálja a kérdéses értékelést és amennyiben valóban sértőnek ítéli, úgy az értékelés törlésre kerül.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="565E48CC" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
       <w:pPr>
         <w:spacing w:beforeLines="120" w:before="288" w:afterLines="120" w:after="288"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
-[...553 lines deleted...]
-        <w:pStyle w:val="Listaszerbekezds"/>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Vásárló kötelezettséget vállal arra, hogy az értékelésekor nem tesz jogsértő, a jóhírnévre, becsületre sértő, etikátlan, valótlan vagy bármilyen egyéb ok vagy tény alapján a Szolgáltatóra, másik vásárlóra vagy bármely trénerre sérelmes megnyivánulást. Szolgáltató csupán akkor ellenőrzi az értékeléseket, ha annak tartalmára felhívják a figyelmét. Ebben az esetben a Szolgáltató a rendelkezésére álló információk alapján mérlegeli az ügy összes körülményét, és szabadon dönt a teljes értékelés eltávolításáról. Ezen túlmenően is, Szolgáltató fenntartja a jogot, hogy bármilyen értékelést saját belátása szerint bármikor eltávolítson. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A1B9884" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.7 Hanganyag</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FB6FB10" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gyakorlást segítő hanganyag tartozhat egyes tanfolyamokhoz, amelyet a Szolgáltató azon Vásárló számára biztosít, aki a tanfolyamon végig részt vett és a trénert értékelte. A hanganyag első lejátszása előtt vásárlónak el kell fogadnia a Szolgáltató szerzői jogi nyilatkozatát a hanganyag felhasználásának módjával kapcsolatban. Az MP3 formátumban megtalálható hanganyagot Vásárló a fiókjából töltheti le korlátlan alkalommal, a “saját gyakorlataim” menüpont alatt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79CA5912" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62C7F395" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.8 Hírlevelek</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BD898A3" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vásárlónak többféle hírlevélre való feliratkozásra van lehetősége a Weboldalon. Regisztrációkor, valamint bármikor a láblécben vagy a profiljában fel-, illetve leiratkozhat a Szolgáltató Kriston-módszerre vonatkozó központi hírlevelére/hírleveléről.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2F646235" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Ezen kívül minden Tréner kétféle hírlevelére tud a Vásárló feliratkozni: a Tréner Kriston-módszerhez kapcsolódó tevékenységéről szóló hírlevelére, illetve a Tréner, nem Kriston-módszerhez kapcsolódó tevékenységéről szóló hírlevelére. Ezt meg tudja tenni Vásárló a Tréner profilján, a Trénerhez való foglalkozásra való jelentkezéskor, illetve a saját profiljában bármikor, ha már egyszer feliratkozott a Tréner bármely hírlevelére, vagy jelentkezett a Tréner bármely foglalkozására.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="39185F8D" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A Weboldal a tréneri hírlevelekre csak a fel- és leiratkozás lehetőségét szolgáltatja, a hírlevelek küldése és az ahhoz kapcsolódó adatkezelés a fel- és leiratkozás után teljes egészében a Tréner felelőssége. A Tréner adatkezelési információi elérhetőek a Tréner profilján megtalálható tréneri adatkezelési tájékoztatóban.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="771664F5" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="312C08CF" w14:textId="77777777" w:rsidR="006D6765" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A tréneri hírlevélre való feliratkozással Vásárló tudomásul veszi, hogy a Szolgáltató az adatokat továbbítja a feliratkozással érintett tréner számára, aki a továbbiakban felel az adatok jogszerű használatáért és a hírlevelek küldéséért.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="015AC625" w14:textId="77777777" w:rsidR="006D6765" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12701DDC" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.9 Felhasználói profil</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72363F09" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A regisztrációval felhasználói fiók jön létre, amely tárolja </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="261D37DE" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="18"/>
+          <w:numId w:val="19"/>
         </w:numPr>
-        <w:spacing w:beforeLines="120" w:before="288" w:afterLines="120" w:after="288"/>
-[...32 lines deleted...]
-          <w:lang w:eastAsia="hu-HU"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a felhasználóra vonatkozó alapadatokat (elérhetőség, számlázási adatok),</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49F4F79F" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>általa már igénybe vett szolgáltatások (tanfolyamok) listáját, illetve az aktuális jelentkezéseinek listáját,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55CC5C89" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>a jövőben általa igénybe kívánt venni szolgáltatások listáját, vagy melyek várólistáján szerepel,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C06E271" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>az igénybe vett tanfolyamokhoz kapcsolódó hanganyagot,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4F29C764" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>az általa igénybe vett tanfolyamokat tartó trénerek értékelését,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10D325F7" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="19"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>egyéb, a Szolgáltató által rendelkezésére bocsájtott tartalmat, információt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F643805" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12C5CFA4" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Felhasználót teljeskörű felelősség terheli a felhasználói fiókjához tartozó felhasználónév és jelszó páros használatáért és mindennemű tevékenységért, amelyet a fiókján keresztül vagy a jelszópáros használatával végez. Felhasználó vállalja, hogy haladéktalanul értesíti a Szolgáltatót adatainak bármilyen illetéktelen felhasználása, illetve a biztonság egyéb módon való megsértése esetén. A jelszó tárolásából vagy a felhasználónév és a jelszó harmadik személy részére való átadásából fakadó károkért a Szolgáltató nem felel. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49BB866B" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3A20876B" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>Vásárlónak lehetősége van profilját törölni. Ennek feltétele, hogy ne rendelkezzen aktív tanfolyami jelentkezéssel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CF7F7D4" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1FEB3F55" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.10 Szolgáltatói tartalmak</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1EE96604" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A Szolgáltató a Weboldalon közzétehet olyan szöveges, mozgó- vagy állókép tartalmakat, illetve hanganyagot, amelyet a Kriston módszer megismerése, népszerűsítése vagy más szempont alapján megjelentetésre alkalmasnak talál. Amennyiben nem Szolgáltató maga készíti az ilyen jellegű tartalmat, minden esetben feltünteti a szerzőt és/vagy a forrást. Ezen tartalmak közzétételéért Szolgáltató felel, és bármilyen ezekkel kapcsolatos kérést, igényt az</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...2785 lines deleted...]
-      </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidRPr="007D54EF">
+        <w:r w:rsidRPr="00563D55">
           <w:rPr>
+            <w:rStyle w:val="Hiperhivatkozs"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>http://www.kormanyhivatalok.hu/</w:t>
+          <w:t>info@intimtorna.hu</w:t>
         </w:r>
       </w:hyperlink>
-    </w:p>
-    <w:p w14:paraId="73B703BB" w14:textId="3C02B4AD" w:rsidR="00E00647" w:rsidRPr="00F94AB8" w:rsidRDefault="00E00647" w:rsidP="00E00647">
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> elérhetőségen fogad.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AFB5B86" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="17F32D1A" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>2.11 Automatikus emailek</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6715F704" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A tanfolyammal és a tréner-értékeléssel kapcsolatos emailek a Szolgáltató rendes üzletviteléhez és a Szolgáltatás színvonalának fenntartásához szükségesek, nem minősülnek hírlevélnek.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50B2339D" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5F72DBBC" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
-          <w:sz w:val="20"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00F94AB8">
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
-          <w:sz w:val="20"/>
-[...42 lines deleted...]
-        <w:spacing w:before="0" w:after="240" w:line="240" w:lineRule="auto"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">3. Panaszkezelés és egyéb jogérvényesítő lehetőségek </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5464A2FF" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EE2BAA">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00EE2BAA">
+      <w:r w:rsidRPr="00563D55">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">A </w:t>
-[...82 lines deleted...]
-        <w:t xml:space="preserve">Az egyes megyékben található békéltető testületek elérhetőségeit itt megtekintheti: </w:t>
+        <w:t xml:space="preserve">A Vásárló a vásárlással vagy a Szolgáltató tevékenységével kapcsolatos fogyasztói kifogásait az alábbi elérhetőségen terjesztheti elő: </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidRPr="00EE2BAA">
+        <w:r w:rsidRPr="00563D55">
           <w:rPr>
-            <w:rFonts w:ascii="Avenir Next" w:eastAsia="Arial Unicode MS" w:hAnsi="Avenir Next" w:cs="Arial Unicode MS"/>
+            <w:rStyle w:val="Hiperhivatkozs"/>
+            <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
-            <w:bdr w:val="nil"/>
-[...5 lines deleted...]
-            </w14:textOutline>
           </w:rPr>
-          <w:t>http://www.bekeltetes.hu/index.php?id=testuletek</w:t>
+          <w:t>info@intimtorna.hu</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EE2BAA">
-[...15 lines deleted...]
-    <w:p w14:paraId="66B4AC25" w14:textId="77777777" w:rsidR="00E00647" w:rsidRPr="00F94AB8" w:rsidRDefault="00E00647" w:rsidP="00E00647">
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33CDF976" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-        <w:jc w:val="both"/>
+      <w:r w:rsidRPr="00563D55">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-[...22 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        <w:t>Szolgáltató a hozzá írásban érkezett panaszt 30 napon belül érdemben megválaszolja. A panasz elutasítása esetén a Szolgáltató tájékoztatja a Vásárlót az elutasítás indokáról, valamint arról, hogy a Vásárló a panasz jellegétől függően mely hatóság, vagy békéltető testület eljárást kezdeményezheti. Amennyiben a Szolgáltató és a Vásárló között esetlegesen fennálló jogvita a Szolgáltatóval folytatott tárgyalások során nem rendeződik, a Vásárló bírósági eljárást kezdeményezhet, továbbá – amennyiben a Vásárló fogyasztónak minősül – fogyasztói jogvita esetén az alábbi jogérvényesítési lehetőségek állnak nyitva a Vásárló számára: Panasztétel a fogyasztóvédelmi hatóságnál, Békéltető testület eljárásának kezdeményezése. Az egyes megyékben található békéltető testületek elérhetőségeit itt megtekintheti: http://www.bekeltetes.hu/index.php?id=testuletek. Amennyiben a Vásárló, mint fogyasztó nem fordult békéltető testülethez, vagy az eljárás nem vezetett eredményre, úgy a fogyasztónak a jogvita rendezése érdekében lehetősége van bírósághoz fordulni. A felek között jelen ÁSZF alapján létrejövő jogviszonyokra és/vagy a felek között kialakuló jogvitákra az irányadó jog a magyar jog. Amennyiben a Vásárló fogyasztónak minősül, úgy a Pp. 26.§ (1) bekezdés alapján a fogyasztóval szemben jelen szerződésből eredő vitás ügyekben a fogyasztó belföldi lakóhelye szerinti bíróság kizárólagosan illetékes. Egyéb ügyekben a Szolgáltató székhelye szerinti illetékes és hatáskörrel rendelkező bíróságot kötik ki a felek, mint illetékes bíróságot.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FE80220" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A672CD" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.  A Szolgáltató Szolgáltatásának korlátai </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="468EC89C" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.1. A Vásárló tudomásul veszi, hogy az internet sajátosságai miatt a Weboldal folyamatos üzemeltetése a Szolgáltató előzetes tudta és szándéka ellenére is megszakadhat. A Szolgáltató ennek megfelelően nem garantálja a Weboldal hibamentes és zavartalan működését, illetőleg hogy a Weboldalhoz való hozzáférés folyamatos vagy hibamentes lesz. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6EB2F3F8" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.2. A Szolgáltató jogosult a Weboldalt karbantartása érdekében, vagy egyéb biztonsági megfontolások miatt részlegesen vagy teljes egészében szüneteltetni minden előzetes tájékoztatás vagy értesítés nélkül. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="62466621" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.3. A Vásárló tudomásul veszi, hogy a Szolgáltató nem felelős semmilyen olyan kárért vagy visszaélésért, amely a bankkártyával történő fizetés során vagy következtében keletkezik. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41C8F5B3" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.4. A Szolgáltató kizárja a felelősséget minden olyan kárért, amelyet a Vásárló vagy harmadik személy szerződés- illetve jogellenes tevékenysége vagy mulasztása okozott. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5586BB94" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>4.5 A Szolgáltató nem vállal semmilyen felelősséget a Weboldalon az egyes trénerekkel, tanfolyamokkal kapcsolatos információkkal, tartalmakkal kapcsolatban, különös tekintettel a trénerektől beszerzett információkra. A Szolgáltató ezért nem lehet részese a tréner és a Vásárló közötti esetleges jogvitának, amely a tanfolyam minőségének elégtelensége vagy a tanfolyam elmaradása miatt indul.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CD6F7A8" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">4.6 Amennyiben háború, lázadás, terrorcselekmény, sztrájk, baleset, tűz, blokád, árvíz, természeti katasztrófa, súlyos energiaellátási zavar vagy más olyan előre nem látható és elháríthatatlan akadály következményeképpen, amely a Vásárló, illetőleg a Szolgáltató hatókörén kívül esik, valamelyikük nem képes valamilyen szerződéses kötelezettségének eleget tenni, úgy ezen személy nem tartozik felelősséggel semmilyen veszteségért vagy kárért, amely ezen események következtében előállt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DE7A82B" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B2B660B" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...7 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5. Szerzői jogok </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5AF68777" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">5.1. A Weboldal és annak tartalma, beleértve a Vásárlói profilban elérhető hanganyagokat szerzői jogi műnek minősül, ezért tilos a Weboldalon megjelenő tartalmak vagy azok bármely részletének jogosulatlan másolása, felhasználása, többszörözése, harmadik féllel való megosztása, újra nyilvánossághoz történő közvetítése, nyilvános közzététele, más módon való felhasználása, feldolgozása és értékesítése a Szolgáltató írásos hozzájárulása nélkül. A Weboldalról és/vagy annak adatbázisaiból bármilyen anyagot átvenni írásos hozzájárulás esetén is csak a Weboldalra hivatkozva lehet. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB7C768" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">5.2. A Felhasználó által a Weboldalon közzétett értékelések, megjegyzések a Weboldal elválaszthatatlan részét képezik, amelyeken Szolgáltató ingyenes, korlátlan és kizárólagos felhasználási jogosultságot szerez. A Szolgáltató korlátozás nélkül jogosult az értékelések, megjegyzések hasznosítására, felhasználására, közzétételére, átdolgozására, törlésére, nyilvánosságra hozatalára. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B69BF31" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12D88F8C" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...166 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="20"/>
-[...161 lines deleted...]
-        <w:pStyle w:val="Default"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">6. Adatkezelési szabályok  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1907B20C" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>A weboldal adatkezelési tájékoztatója elérhető a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00563D55">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">4. </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E00647" w:rsidRPr="00F94AB8">
+        <w:t xml:space="preserve"> következő oldalon: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00B61387">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">A jelen </w:t>
-[...10 lines deleted...]
-      <w:r w:rsidR="00E00647" w:rsidRPr="00F94AB8">
+        <w:t>……………………….</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57463513" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">ÁSZF-ben nem szabályozott kérdésekre, valamint értelmezésére a magyar jog az irányadó, különös tekintettel a Polgári Törvénykönyvről szóló 2013. évi V. törvény (a továbbiakban: Ptk.), a fogyasztóvédelemről szóló 1997. évi CLV. törvény, az elektronikus kereskedelmi szolgáltatások, valamint az információs társadalommal összefüggő szolgáltatások egyes kérdéseiről szóló 2001. évi CVIII. törvény, a fogyasztókkal szembeni tisztességtelen kereskedelmi gyakorlat tilalmáról szóló 2008. évi XLVII. törvény, valamint a fogyasztó és a Szolgáltató közötti szerződések részletes szabályairól szóló 45/2014. (II. 26.) Korm. rendelet vonatkozó rendelkezéseire. A vonatkozó jogszabályok kötelező rendelkezései a felekre külön kikötés nélkül is irányadók. </w:t>
-[...4 lines deleted...]
-        <w:pStyle w:val="Default"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B6EF504" w14:textId="7639617D" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
-          <w:sz w:val="20"/>
-[...120 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>7. Az elállás joga, felmondási jog</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61387">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:lang w:eastAsia="hu-HU"/>
-[...17 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+        </w:rPr>
+        <w:t>.1</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2ABA6F80" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Szolgáltató felhívja a Vásárló figyelmét, hogy a Vásárló a trénerrel kerül szerződéses kapcsolatba a jelentkezés eredményeképpen, ezért a jogszabály szerint Vásárlót megillető elállási vagy felmondási jogot a trénerrel szemben érvényesítheti a tréner ÁSZF-jében meghatározottak szerint. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D543B32" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Nincstrkz"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="336FC1C2" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:ind w:left="240"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8. Vegyes rendelkezések </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61690C16" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.1. A jelen ÁSZF-ben nem szabályozott kérdésekre, valamint értelmezésére a magyar jog az irányadó, különös tekintettel a Polgári Törvénykönyvről szóló 2013. évi V. törvény (a továbbiakban: Ptk.), a fogyasztóvédelemről szóló 1997. évi CLV. törvény, az elektronikus kereskedelmi szolgáltatások, valamint az információs társadalommal összefüggő szolgáltatások egyes kérdéseiről szóló 2001. évi CVIII. törvény, a fogyasztókkal szembeni tisztességtelen kereskedelmi gyakorlat tilalmáról szóló 2008. évi XLVII. törvény, valamint a fogyasztó és a Szolgáltató közötti szerződések részletes szabályairól szóló 45/2014. (II. 26.) Korm. rendelet vonatkozó rendelkezéseire. A vonatkozó jogszabályok kötelező rendelkezései a felekre külön kikötés nélkül is irányadók. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16019551" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">8.2. Jelen ÁSZF alkalmazásában fogyasztónak az a 18. életévét betöltött természetes személy minősül, aki a Ptk. 8:1. § (1) bekezdés 3. pontja szerint szakmája, önálló foglalkozása vagy üzleti tevékenysége körén kívül jár el. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3D135F77" w14:textId="55C9F86D" w:rsidR="000073D4" w:rsidRPr="00F94AB8" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:spacing w:beforeLines="120" w:before="288" w:afterLines="120" w:after="288"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Times New Roman"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-[...398 lines deleted...]
-        <w:t xml:space="preserve">Kelt [hely, idő] </w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00563D55">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7.3. Szolgáltató és a Vásárló vitás ügyeiket elsősorban békés úton próbálják rendezni. Ha a jelen Szabályzat bármely része érvénytelenné, jogellenessé vagy érvényesíthetetlenné válik, az a fennmaradó részek érvényességét, jogszerűségét és érvényesíthetőségét nem érin</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="000073D4" w:rsidRPr="00F94AB8">
       <w:headerReference w:type="default" r:id="rId10"/>
       <w:footerReference w:type="even" r:id="rId11"/>
       <w:footerReference w:type="default" r:id="rId12"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1E81BE6A" w14:textId="77777777" w:rsidR="0069414D" w:rsidRDefault="0069414D" w:rsidP="003E4915">
+    <w:p w14:paraId="6D7C2D4A" w14:textId="77777777" w:rsidR="00BA0124" w:rsidRDefault="00BA0124" w:rsidP="003E4915">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="31416AF2" w14:textId="77777777" w:rsidR="0069414D" w:rsidRDefault="0069414D" w:rsidP="003E4915">
+    <w:p w14:paraId="3C2F5689" w14:textId="77777777" w:rsidR="00BA0124" w:rsidRDefault="00BA0124" w:rsidP="003E4915">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -5945,50 +2625,57 @@
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next">
     <w:altName w:val="Corbel"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Arial">
+    <w:panose1 w:val="020B0604020202020204"/>
+    <w:charset w:val="EE"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
       </w:rPr>
       <w:id w:val="-142584795"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
@@ -6047,127 +2734,125 @@
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
         <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="-575127896"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3266DA91" w14:textId="5C705D4B" w:rsidR="000878F1" w:rsidRPr="000878F1" w:rsidRDefault="000878F1" w:rsidP="004351E0">
+      <w:p w14:paraId="3266DA91" w14:textId="20D5954B" w:rsidR="000878F1" w:rsidRPr="000878F1" w:rsidRDefault="000878F1" w:rsidP="004351E0">
         <w:pPr>
           <w:pStyle w:val="llb"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="000878F1">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="000878F1">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r w:rsidRPr="000878F1">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00073A25">
+        <w:r w:rsidR="00B61387">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>8</w:t>
+          <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="000878F1">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="26909B26" w14:textId="506F4F61" w:rsidR="007C5EC4" w:rsidRPr="008265BD" w:rsidRDefault="009511E5" w:rsidP="00627B89">
+  <w:p w14:paraId="26909B26" w14:textId="73BC320A" w:rsidR="007C5EC4" w:rsidRPr="006D6765" w:rsidRDefault="009511E5" w:rsidP="006D6765">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
-        <w:color w:val="000000" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
-    <w:r w:rsidRPr="008265BD">
+    <w:r w:rsidRPr="006D6765">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
         <w:noProof/>
-        <w:color w:val="000000" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="hu-HU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10BC1D09" wp14:editId="55618C98">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3719</wp:posOffset>
               </wp:positionH>
               <wp:positionV relativeFrom="paragraph">
                 <wp:posOffset>-204924</wp:posOffset>
               </wp:positionV>
               <wp:extent cx="5679440" cy="45719"/>
               <wp:effectExtent l="0" t="0" r="0" b="5715"/>
               <wp:wrapNone/>
               <wp:docPr id="10" name="Téglalap 9">
                 <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                     <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{9B470B3D-9CF2-704A-A09A-B6EEC1851A55}"/>
                   </a:ext>
                 </a:extLst>
               </wp:docPr>
@@ -6231,122 +2916,73 @@
                         <a:schemeClr val="lt1"/>
                       </a:fontRef>
                     </wps:style>
                     <wps:bodyPr rtlCol="0" anchor="ctr"/>
                   </wps:wsp>
                 </a:graphicData>
               </a:graphic>
               <wp14:sizeRelH relativeFrom="margin">
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
           <w:pict>
             <v:rect w14:anchorId="108631B9" id="Téglalap 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:.3pt;margin-top:-16.15pt;width:447.2pt;height:3.6pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9tYteZAIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuu2yAQ3VfqPyDve/2InZfiXEVJ003V&#10;Xt3bqmuCcYyEAQHN4+87gONELeqi6oY4MOcwc84wq+dLz9GJasOkqJP8KUsQFUQ2TBzr5Pu3/Yd5&#10;gozFosFcClonV2qS5/X7d6uzWtJCdpI3VCMgEWZ5VnXSWauWaWpIR3tsnqSiAg5bqXts4a8+po3G&#10;Z2DveVpk2TQ9S90oLQk1BnZ34TBZe/62pcR+bVtDLeJ1ArlZv2q/Htyarld4edRYdYwMaeB/yKLH&#10;TMClI9UOW4x+avYHVc+Ilka29onIPpVtywj1NUA1efZbNW8dVtTXAuIYNcpk/h8t+XJ6Uy8aZDgr&#10;szTw6aq4tLp3v5AfunixrqNY9GIRgc1qOluUJWhK4KysZvnCiZnewUob+4nKHrmPOtHghZcInz4b&#10;G0JvIYNyzZ5xjlrOoBEEtEuCtLQ/mO28ENBeQWIDeI8wSEnQIvPbRh8PW67RCYPV+812lhVDQkfz&#10;GD2ZZFkEkU025aaMIvJpFJFnm0lVRRGLWRRRlEWRf4wi5tDMkaym83xfbaOICgARRD4vy/kuipjG&#10;s9pO8qp8rBw8PN405kwg7N4yGG0I5rRxNvhXYxmnr2BqsBLekLfPSc2FW4V0doZTt5PeO8x/2Sun&#10;IfqVtog10FNFcNI9fjp6iQmhwgbvTYcbGiwO9Qd6Py4cwjcgF0DomFu4f+QeCOLcgWaId1DqZ8cI&#10;HoT+G3hE+JulsCO4Z0LqWGUcqhpuDvE3kYI0TqWDbK4vGmnLtzKMMCxIJ2GCEas92EXBcPCVD4PM&#10;TZ/H/572Pm7XvwAAAP//AwBQSwMEFAAGAAgAAAAhAAAG23nhAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8uOwjAMRfcjzT9EHml2kD4EgtIUVfPaIUThA0Jj2k6bpGoCLX8/ZjVsLNnXvr4n3U66&#10;YzccXGONgHAeAENTWtWYSsDp+D1bAXNeGiU7a1DAHR1ss9eXVCbKjuaAt8JXjEyMS6SA2vs+4dyV&#10;NWrp5rZHQ9rFDlp6aoeKq0GOZK47HgXBkmvZGPpQyx4/aizb4qoF/O5/7F3uv8I2x90pLtr1ccyV&#10;EO9v0+eGSr4B5nHy/xfwYKD8kFGws70a5VgnYEl7AmZxFAMjebVeEN+ZJtEiBJ6l/Jki+wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9tYteZAIAALYFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAABtt54QAAAA0BAAAPAAAAAAAAAAAAAAAAAL4E&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" fillcolor="#fac702" stroked="f" strokeweight="1pt">
               <v:fill color2="#24221e" rotate="t" angle="90" colors="0 #fac702;10486f #10a355;21627f #03a4a4;.5 #18448d;43909f #c31544;53740f #681f5c;63570f #24221e" focus="100%" type="gradient"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
-    <w:hyperlink r:id="rId1" w:history="1">
-[...11 lines deleted...]
-    <w:r w:rsidR="008265BD" w:rsidRPr="008265BD">
+    <w:r w:rsidR="006D6765" w:rsidRPr="006D6765">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
-        <w:color w:val="000000" w:themeColor="text2"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
-      <w:t xml:space="preserve"> | </w:t>
-[...35 lines deleted...]
-      <w:t>ÁSZF</w:t>
+      <w:t>www.intimtorna.hu | ÁSZF</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="60545595" w14:textId="77777777" w:rsidR="0069414D" w:rsidRDefault="0069414D" w:rsidP="003E4915">
+    <w:p w14:paraId="75AD92CA" w14:textId="77777777" w:rsidR="00BA0124" w:rsidRDefault="00BA0124" w:rsidP="003E4915">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="02B86E13" w14:textId="77777777" w:rsidR="0069414D" w:rsidRDefault="0069414D" w:rsidP="003E4915">
+    <w:p w14:paraId="5F6CFC4B" w14:textId="77777777" w:rsidR="00BA0124" w:rsidRDefault="00BA0124" w:rsidP="003E4915">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="2FD41B54" w14:textId="77777777" w:rsidR="00F85ADE" w:rsidRDefault="00515B26" w:rsidP="00D45336">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3513"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hu-HU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7813BEA0" wp14:editId="2885086C">
@@ -8359,50 +4995,139 @@
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4E8E631E"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="56AA08E0"/>
+    <w:lvl w:ilvl="0" w:tplc="040E0017">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%1)"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040E000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627C7972"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A008CEC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -8507,51 +5232,51 @@
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64C072D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3500A4A8"/>
     <w:lvl w:ilvl="0" w:tplc="70E81796">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -8622,244 +5347,244 @@
   <w:num w:numId="1">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="8">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="10">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="14">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="15">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="17">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="19">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75B9F"/>
     <w:rsid w:val="000073D4"/>
     <w:rsid w:val="00023C64"/>
-    <w:rsid w:val="00073A25"/>
     <w:rsid w:val="000878F1"/>
     <w:rsid w:val="00130AD7"/>
     <w:rsid w:val="001659A6"/>
     <w:rsid w:val="0016715F"/>
     <w:rsid w:val="00172E04"/>
     <w:rsid w:val="001865AC"/>
     <w:rsid w:val="00197164"/>
     <w:rsid w:val="001F4253"/>
     <w:rsid w:val="0020476F"/>
     <w:rsid w:val="00212976"/>
     <w:rsid w:val="00227C06"/>
     <w:rsid w:val="00244E80"/>
     <w:rsid w:val="00267131"/>
-    <w:rsid w:val="00271754"/>
     <w:rsid w:val="00280862"/>
     <w:rsid w:val="002813E6"/>
-    <w:rsid w:val="00334ABA"/>
     <w:rsid w:val="003604F1"/>
     <w:rsid w:val="003643D4"/>
-    <w:rsid w:val="00373F98"/>
     <w:rsid w:val="00380CDA"/>
     <w:rsid w:val="00386A36"/>
     <w:rsid w:val="00396E97"/>
     <w:rsid w:val="003970C1"/>
     <w:rsid w:val="003B21A2"/>
-    <w:rsid w:val="003C4681"/>
     <w:rsid w:val="003E0D4F"/>
     <w:rsid w:val="003E4915"/>
     <w:rsid w:val="003F34DB"/>
     <w:rsid w:val="003F6476"/>
     <w:rsid w:val="00405C4A"/>
     <w:rsid w:val="00417ABD"/>
     <w:rsid w:val="00442AAB"/>
     <w:rsid w:val="00470A19"/>
     <w:rsid w:val="004E3005"/>
-    <w:rsid w:val="004E3659"/>
     <w:rsid w:val="004F7789"/>
     <w:rsid w:val="00515B26"/>
+    <w:rsid w:val="00535EE8"/>
     <w:rsid w:val="0055018A"/>
     <w:rsid w:val="00562BBF"/>
     <w:rsid w:val="00581B40"/>
     <w:rsid w:val="005842D5"/>
     <w:rsid w:val="00591BC5"/>
     <w:rsid w:val="005A3054"/>
     <w:rsid w:val="005A67DD"/>
     <w:rsid w:val="005B73CF"/>
     <w:rsid w:val="005E1775"/>
-    <w:rsid w:val="00627B89"/>
     <w:rsid w:val="00631E16"/>
     <w:rsid w:val="00631E9A"/>
     <w:rsid w:val="00674A6A"/>
     <w:rsid w:val="0068138B"/>
     <w:rsid w:val="0068223F"/>
     <w:rsid w:val="00687F51"/>
     <w:rsid w:val="006937D1"/>
-    <w:rsid w:val="0069414D"/>
     <w:rsid w:val="006B5C49"/>
+    <w:rsid w:val="006B7DD7"/>
     <w:rsid w:val="006C678F"/>
-    <w:rsid w:val="006D5FA3"/>
+    <w:rsid w:val="006D6765"/>
     <w:rsid w:val="0070179A"/>
     <w:rsid w:val="007203E1"/>
     <w:rsid w:val="007477D3"/>
     <w:rsid w:val="00757881"/>
     <w:rsid w:val="0076305C"/>
     <w:rsid w:val="007A278B"/>
     <w:rsid w:val="007B168A"/>
     <w:rsid w:val="007C5EC4"/>
     <w:rsid w:val="007D54EF"/>
     <w:rsid w:val="0081086C"/>
     <w:rsid w:val="0081327E"/>
-    <w:rsid w:val="00813B49"/>
     <w:rsid w:val="008259D4"/>
-    <w:rsid w:val="008265BD"/>
     <w:rsid w:val="008267CF"/>
+    <w:rsid w:val="00827728"/>
     <w:rsid w:val="00850DF4"/>
     <w:rsid w:val="00855B02"/>
     <w:rsid w:val="00876A32"/>
     <w:rsid w:val="008903F0"/>
     <w:rsid w:val="008976C9"/>
     <w:rsid w:val="008A29E6"/>
     <w:rsid w:val="008B512B"/>
     <w:rsid w:val="008B7126"/>
     <w:rsid w:val="008C5381"/>
     <w:rsid w:val="008E3D8E"/>
     <w:rsid w:val="00914B31"/>
     <w:rsid w:val="0093036D"/>
     <w:rsid w:val="00931EBD"/>
     <w:rsid w:val="009511E5"/>
     <w:rsid w:val="0095303A"/>
     <w:rsid w:val="00956DFE"/>
     <w:rsid w:val="00964ABA"/>
     <w:rsid w:val="0097434C"/>
     <w:rsid w:val="009C0488"/>
     <w:rsid w:val="009D5559"/>
     <w:rsid w:val="00A07E54"/>
     <w:rsid w:val="00A20DB6"/>
     <w:rsid w:val="00A538F8"/>
     <w:rsid w:val="00A66205"/>
     <w:rsid w:val="00A805F7"/>
     <w:rsid w:val="00AB069D"/>
     <w:rsid w:val="00AB67EE"/>
-    <w:rsid w:val="00AD31D7"/>
     <w:rsid w:val="00AD7F7F"/>
     <w:rsid w:val="00AE21C7"/>
     <w:rsid w:val="00B10243"/>
+    <w:rsid w:val="00B61387"/>
     <w:rsid w:val="00B75B9F"/>
     <w:rsid w:val="00B969AE"/>
+    <w:rsid w:val="00BA0124"/>
     <w:rsid w:val="00C13DF6"/>
-    <w:rsid w:val="00C30039"/>
     <w:rsid w:val="00C73557"/>
     <w:rsid w:val="00C819A4"/>
     <w:rsid w:val="00D04385"/>
+    <w:rsid w:val="00D1044D"/>
+    <w:rsid w:val="00D13D4E"/>
     <w:rsid w:val="00D24469"/>
     <w:rsid w:val="00D45336"/>
     <w:rsid w:val="00D90AF8"/>
     <w:rsid w:val="00D95BFA"/>
     <w:rsid w:val="00D97B60"/>
     <w:rsid w:val="00DA00FA"/>
     <w:rsid w:val="00DD4BD3"/>
     <w:rsid w:val="00DF5951"/>
     <w:rsid w:val="00E00647"/>
     <w:rsid w:val="00E02030"/>
     <w:rsid w:val="00E03DE4"/>
     <w:rsid w:val="00E21272"/>
     <w:rsid w:val="00E407B0"/>
     <w:rsid w:val="00E61ACB"/>
     <w:rsid w:val="00E64118"/>
     <w:rsid w:val="00EA0DD3"/>
     <w:rsid w:val="00ED5CEA"/>
     <w:rsid w:val="00EE2BAA"/>
     <w:rsid w:val="00EF0BF6"/>
+    <w:rsid w:val="00EF1262"/>
     <w:rsid w:val="00EF3FB0"/>
     <w:rsid w:val="00F139E8"/>
+    <w:rsid w:val="00F522F3"/>
     <w:rsid w:val="00F6574A"/>
     <w:rsid w:val="00F85ADE"/>
     <w:rsid w:val="00F94AB8"/>
     <w:rsid w:val="00FB7824"/>
     <w:rsid w:val="00FF7A29"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
@@ -9529,76 +6254,50 @@
         <w:bottom w:val="nil"/>
         <w:right w:val="nil"/>
         <w:between w:val="nil"/>
         <w:bar w:val="nil"/>
       </w:pBdr>
       <w:spacing w:before="160" w:line="288" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Helvetica Neue" w:eastAsia="Arial Unicode MS" w:hAnsi="Helvetica Neue" w:cs="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:bdr w:val="nil"/>
       <w:lang w:eastAsia="hu-HU"/>
       <w14:textOutline w14:w="0" w14:cap="flat" w14:cmpd="sng" w14:algn="ctr">
         <w14:noFill/>
         <w14:prstDash w14:val="solid"/>
         <w14:bevel/>
       </w14:textOutline>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:divs>
-    <w:div w:id="11731718">
-[...24 lines deleted...]
-    </w:div>
     <w:div w:id="515462745">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="960845591">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -10843,55 +7542,51 @@
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.kormanyhivatalok.hu/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.bekeltetes.hu/index.php?id=testuletek" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.intimtorna.hu" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@intimtorna.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:info@intimtorna.hu" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="KRISTON 1">
       <a:dk1>
         <a:srgbClr val="585955"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FAC613"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="CC1843"/>
       </a:accent1>
@@ -11158,82 +7853,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{201F8795-5895-4180-92D0-004687991808}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DD2B1479-74E9-4409-968E-48A717597D84}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>22908</Characters>
+  <Pages>5</Pages>
+  <Words>2448</Words>
+  <Characters>16897</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>190</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>140</Lines>
+  <Paragraphs>38</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>26176</CharactersWithSpaces>
+  <CharactersWithSpaces>19307</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>