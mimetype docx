--- v0 (2025-10-14)
+++ v1 (2026-02-26)
@@ -1,2553 +1,1763 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
-  <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
-  <Override PartName="/word/commentsExtended.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtended+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
-  <Override PartName="/word/people.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.people+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/commentsIds.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsIds+xml"/>
-  <Override PartName="/word/commentsExtensible.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.commentsExtensible+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:body>
-    <w:p w14:paraId="393FAB20" w14:textId="7E4CAC95" w:rsidR="006D6765" w:rsidRPr="007B2545" w:rsidRDefault="007E27DB" w:rsidP="006D6765">
+    <w:p w14:paraId="393FAB20" w14:textId="589F7CC7" w:rsidR="006D6765" w:rsidRDefault="00C31F09" w:rsidP="006D6765">
       <w:pPr>
         <w:pStyle w:val="Default"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:bookmarkStart w:id="0" w:name="_GoBack"/>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">TRÉNERI </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C31F09" w:rsidRPr="007B2545">
+        <w:t>ADATKEZELÉSI TÁJÉKOZTATÓ</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28B06D13" w14:textId="64E0058B" w:rsidR="00C31F09" w:rsidRDefault="00C31F09" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>ADATKEZELÉSI TÁJÉKOZTATÓ</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r>
+        <w:t>Vitál-tréning Kft.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="573A424F" w14:textId="5723FFA0" w:rsidR="00D13D4E" w:rsidRDefault="00D13D4E" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">Schiller Andrea </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007B2545">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Kriston-módszert oktató tréner adatkezelésére vonatkozóan</w:t>
-[...5 lines deleted...]
-        <w:jc w:val="center"/>
+        <w:t>2024.10.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD0E19">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+        <w:t>25</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>2024.10.1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="007D314D">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2CC68CD8" w14:textId="77777777" w:rsidR="006D6765" w:rsidRPr="00563D55" w:rsidRDefault="006D6765" w:rsidP="006D6765">
+      <w:pPr>
+        <w:pStyle w:val="Default"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>5</w:t>
-[...10 lines deleted...]
-      </w:r>
+      </w:pPr>
     </w:p>
-    <w:p w14:paraId="635E2F59" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
-[...11 lines deleted...]
-    <w:p w14:paraId="2F4B67E3" w14:textId="0E1F6E29" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="769906FC" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
-[...137 lines deleted...]
-        <w:t xml:space="preserve"> weboldalon általa meghirdetett foglalkozások (tanfolyam, tábor, stb.) (a továbbiakban: Tanfolyamok) tartásával és hírlevél küldéssel kapcsolatban kifejtett adatkezelési műveleteit az Európai Parlament és a Tanács (EU) 2016/679 rendelete (2016. április 27.) a természetes személyeknek a személyes adatok kezelése tekintetében történő védelméről és az ilyen adatok szabad áramlásáról, valamint a 95/46/EK rendelet hatályon kívül helyezéséről (Általános Adatvédelmi Rendelet – General Data Protection Regulation (GDPR)) előírásainak és a hatályos Magyar jogszabályokban foglaltaknak megfelelve.</w:t>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Az alábbi Adatkezelési Tájékoztató célja, hogy a Vitál-tréning Egészségmegőrző Korlátolt Felelősségű Társaság (székhelye: 1061 Budapest, Király utca 14., I./5., cégjegyzékszáma: 01 09 889471, adószáma: 14113253-2-42) ismertesse Önnel a ,,www.intimtorna.hu" weboldala működtetésével, egyéb szolgáltatásaival és a hírlevelek küldésével kapcsolatban kifejtett adatkezelési műveleteit az Európai Parlament és a Tanács (EU) 2016/679 rendelete (2016. április 27.) a természetes személyeknek a személyes adatok kezelése tekintetében történő védelméről és az ilyen adatok szabad áramlásáról, valamint a 95/46/EK rendelet hatályon kívül helyezéséről (Általános Adatvédelmi Rendelet – General Data Protection Regulation (GDPR)) előírásainak és a hatályos Magyar jogszabályokban foglaltaknak megfelelve.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7ADD4CBF" w14:textId="7C885A45" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="67ADEBC1" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
-[...51 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A weboldal működéséhez, a szolgáltatások nyújtásához és a hírlevelek küldéséhez tapadó adatkezelések tekintetében a Vitál-tréning Kft. adatkezelőnek minősül (továbbiakban: Adatkezelő). Adatkezelő elérhetősége: info@intimtorna.hu. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="16D64110" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="163A2ED9" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Adatkezelő adatkezelési folyamatai során betartja a hatályos jogszabályok előírásait és adatkezelési gyakorlata kialakításakor maradéktalanul tiszteletben tartja a magánszemélyek alapvető jogainak és magánszférájának védelmét, kiemelt figyelemmel az Általános Adatvédelmi Rendelet előírásaira.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="348AB816" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="5123E53E" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300" w:line="480" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="0" w:name="newsletter"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="007B2545">
+      <w:bookmarkStart w:id="1" w:name="newsletter"/>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>Tanfolyam tartása</w:t>
+        <w:t>Fiókregisztráció</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="48C50373" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="691E4E04" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
-        <w:outlineLvl w:val="2"/>
-[...35 lines deleted...]
-        <w:t xml:space="preserve"> és ezen tevékenysége során a következő adatkezelési műveleteket folytatja:</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>A weboldalon a felhasználó fiókot hozhat létre annak érdekében, hogy a Szolgáltató által nyújtott szolgáltatásokat igénybe vehesse (tanfolyamra jelentkezés, hanganyagok, dokumentumok, stb.) vagy egyes, Önre vonatkozó információk tárolásra kerüljenek. A fiókban tárolt információk</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a regisztrációkor megadott email címen kívül</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> bármikor módosíthatók vagy törölhetők. </w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...539 lines deleted...]
-        <w:pStyle w:val="Listaszerbekezds"/>
+    <w:p w14:paraId="4AA3EF21" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
-        <w:ind w:left="765"/>
-[...6 lines deleted...]
-      </w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Fiókregisztráció kizárólag az Ön hozzájárulásával jöhet létre (adatkezelés jogalapja: GDPR 6 § (1) a)), amely hozzájárulást Ön bármikor visszavonhatja fiókja törlésével is. Az adatkezelés a fiók fennállása alatt folyik. (adatkezelés tartama)</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="458FFE78" w14:textId="28794FAA" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="0E19B29D" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
-        <w:outlineLvl w:val="2"/>
-[...28 lines deleted...]
-        <w:t>Adatkezelési Tájékoztató megtekintésével. Adatkezelő az Ön önkéntes hozzájárulásának (GDPR 6. cikk (1) bekezdés a) és 9. cikk (2) a) pontja szerint) tekinti azt a tényt, hogy saját elhatározása alapján kereste meg őt és tárta fel a tanfolyam előtt vagy során a megosztani kívánt, Önre vonatkozó személes adatokat. Az így megadott hozzájárulását bármikor visszavonhatja, azonban ebben az esetben elképzelhető, hogy Adatkezelő nem tudja a tanfolyamon való részvételt Önnek biztosítani.</w:t>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>A fiók törlése azt is eredményezi, hogy az ön által adott értékelések (4. pont) azt követően „anonim felhasználó” megjelölés alatt jelennek meg.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40220E3F" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="0AE5DA8D" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>A fiókban tárolt személyes adatok köre:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2EFDF877" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="21"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="300"/>
+        <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="1"/>
-[...21 lines deleted...]
-        <w:t>Jelentkezés tanfolyamra az intimtorna.hu weboldalon (webshopban vásárlás)</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>kapcsolattartási adatok: név, email cím, telefonszám</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="758959C1" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
-[...87 lines deleted...]
-    <w:p w14:paraId="457F4920" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="6031AB45" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="300"/>
+        <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="1"/>
-[...16 lines deleted...]
-        <w:t>Ön megrendeléskor megadott személyes adatai (név, e-mail cím, telefonszám),</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>tanfolyamra jelentkezéskor megadott adatok: számlázás, fizetés módja</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3F251B1B" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="6C845F30" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="23"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="300"/>
+        <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
-        <w:outlineLvl w:val="1"/>
-[...16 lines deleted...]
-        <w:t>a vásárlás során a vásárolni kívánt termékre (Tanfolyamra) vonatkozó azonosító adatok,</w:t>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>igénybe vett és a már jelentkezett tanfolyamok listája</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D8DA36B" w14:textId="6BCC5D1A" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="2D44AE92" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="24"/>
+          <w:numId w:val="23"/>
         </w:numPr>
-        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-[...197 lines deleted...]
-      <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...31 lines deleted...]
-        <w:t>ÁSZF teljesítése érdekében (Rendelet 6. § 1) b) pontja alapján) és a vonatkozó jogszabályi előírásoknak (pl. 19/2014. (IV. 29.) NGM rendelet, 270/2020. (VI. 12.) Korm. rendelet) megfelelés miatt kezeljük a Rendelet 6. § 1) c) pontja alapján. Ha reklamációja nem tartozik a szavatosságok körébe, adatát az ügy lezárását követő 30 nappal töröljük.</w:t>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>trénerértékelések.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F09E8EF" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="3EE9F3E0" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
-          <w:bdr w:val="none" w:sz="0" w:space="0" w:color="auto" w:frame="1"/>
-[...33 lines deleted...]
-        <w:t>.</w:t>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Adatkezelő itt is hangsúlyozza, hogy a tanfolyamon való részvétel tekintetében a felhasználó a trénerrel kerül szerződéses kapcsolatba, és a jelentkezéskor a felhasználó elfogadja a tréner ÁSZF-jét és megismerheti adatvédelmi nyilatkozatát. A jelentkezés fizetési kötelezettség vállalását jelenti a tréner felé. Adatkezelő kizárólag a jelentkezés folyamatát biztosítja felhasználó és tréner számára.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A39DCB6" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="303DB43D" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A jelentkezéssel felhasználó tudomásul veszi, hogy Adatkezelő az adatokat továbbítja a jelentkezés során kiválasztott tanfolyamot tartó trénernek a tanfolyammal kapcsolatos további szervezési lépések megtétele érdekében (elmaradásáról, időpont változás, egyéb fontos körülményről tájékoztatás). </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A385629" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BDB31E2" w14:textId="3678C4F1" w:rsidR="00164BB8" w:rsidRDefault="00164BB8" w:rsidP="00C31F09">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300" w:line="480" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>Hírlevél feliratkozás és hírlevelek küldése</w:t>
+        <w:t>Tanfolyamra jelentkezés ténye, Ön által megtett nyilatkozatok</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="08D4FB53" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="6B34E011" w14:textId="4A42023E" w:rsidR="00164BB8" w:rsidRPr="00554D1D" w:rsidRDefault="00164BB8" w:rsidP="00554D1D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>Önnek többféle Tréneri hírlevélre való feliratkozásra van lehetősége a weboldalon: Adatkezelő Kriston-módszerhez kapcsolódó tevékenységéről szóló hírlevelére, illetve Adatkezelő nem Kriston-módszerhez kapcsolódó tevékenységéről szóló hírlevelére. Ön Tanfolyamra való jelentkezéskor, valamint a Tréner és az Ön profilján keresztül bármikor fel-, illetve leiratkozhat az adott hírlevélről.</w:t>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00554D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A Kriston-módszeren alapuló tanfolyamokon elsajátított ismeretek, gyakorlatok, és minden, a tanfolyamon átadott információ szerzői jogi védelem alatt áll, amely időkorlát nélkül megilleti a szerzőt (Kriston Andrea) és az egyes szerzői jogok gyakorlására feljogosított vállalkozást (Adatkezelő). Adatkezelő feladata az esetleges szerzői jogi jogsértések feltárása, a jogérvényesítés érdekében eljárás, amely nem történhet meg anélkül, hogy </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00554D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Adatkezelőnek pontos információ lennének az egyes tanfolyamokra jelentkező személyekről és a tanfolyamról.  Adatkezelő ezeket a személyes adatokat más célra nem használja fel, igényérvényesítés, jogi eljárás esetén pedig csak a szükséges mértékig. (adatkezelés célja)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DBA6462" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="50C87BB6" w14:textId="1D8D527B" w:rsidR="00164BB8" w:rsidRPr="00554D1D" w:rsidRDefault="00164BB8" w:rsidP="00554D1D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...13 lines deleted...]
-        <w:t>A hírlevelek küldése és az ahhoz kapcsolódó adatkezelés a fel- és leiratkozás után teljes egészében Adatkezelő felelőssége.</w:t>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00554D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Ennek érdekében Adatkezelő tárolja a tanfolyamon részt vett magánszemélyek </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00554D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>kapcsolattartási adatait (név, email cím, telefonszám) és az igénybe vett tanfolyamok listáját. A személyes adatokat Adatkezelő az utolsó igénybe vett tanfolyam záró időpontjától kezdődő 20 éves tartamban kezeli.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22A9FD83" w14:textId="310E96BF" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
-[...3 lines deleted...]
-        <w:adjustRightInd w:val="0"/>
+    <w:p w14:paraId="14B248A9" w14:textId="087D5F2C" w:rsidR="00164BB8" w:rsidRPr="00554D1D" w:rsidRDefault="00164BB8" w:rsidP="00554D1D">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...49 lines deleted...]
-        <w:t xml:space="preserve"> Adatkezelő számára.</w:t>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00554D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Az adatkezelés jogalapja az Adatkezelő jogos érdeke. Adatkezelő elvégezte az érdekmérlegelést, amelyben megállapította, hogy a rá háruló, a Kriston-módszer magánszemélyek számára is kedvező integritását védő eljárásához szükségesek a részt vevők adatai, Adatkezelő kizárólag a minimálisan szükséges személyes adatokat tárolja és eljárása nem okoz visszafordíthatatlan vagy jelentős vagy érzékelhető alapjogi sérelmet vagy hátrányt a részt vevő magénszemélyek számára. Adatkezelő kizárólag akkor és olyan mértékben használja az adatokat, amikor a szerzői jogi jogvédelem érvényesítése érdekében szükséges. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E6F5272" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="4940C2BF" w14:textId="6AE76607" w:rsidR="00164BB8" w:rsidRPr="00554D1D" w:rsidRDefault="00164BB8" w:rsidP="00554D1D">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:spacing w:after="150"/>
+        <w:spacing w:after="300"/>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00554D1D">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Adattovábbítás nem történik.</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="3FBAC0AC" w14:textId="232AA36A" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
-[...101 lines deleted...]
-    <w:p w14:paraId="553079E0" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="6E4E401A" w14:textId="1B81C124" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:pStyle w:val="Listaszerbekezds"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="21"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300" w:line="480" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
-        <w:t>Adatbiztonságra vonatkozó rendelkezések</w:t>
+        <w:t>Hírlevél feliratkozás és hírlevelek küldése</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3FC05D71" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="4AFE2426" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>A felhasználónak többféle hírlevélre való feliratkozásra van lehetősége a Weboldalon. Regisztrációkor, valamint bármikor a láblécben vagy a profiljában fel-, illetve leiratkozhat a Szolgáltató Kriston-módszerre vonatkozó központi hírlevelére/hírleveléről.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12BDA5A4" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Ezen kívül minden Tréner kétféle hírlevelére tud a felhasználó feliratkozni: a Tréner Kriston-módszerhez kapcsolódó tevékenységéről szóló hírlevelére, illetve a Tréner nem Kriston-módszerhez kapcsolódó tevékenységéről szóló hírlevelére. Ezt meg tudja tenni a felhasználó a Tréner profilján, a Trénerhez való foglalkozásra való jelentkezéskor, illetve a saját profiljában bármikor, ha már egyszer feliratkozott a Tréner bármely hírlevelére, vagy jelentkezett a Tréner bármely foglalkozására.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10884445" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>A Weboldal a tréneri hírlevelekre csak a fel- és leiratkozás lehetőségét szolgáltatja, a hírlevelek küldése és az ahhoz kapcsolódó adatkezelés a fel- és leiratkozás után teljes egészében a Tréner felelőssége. A Tréner adatkezelési információi elérhetőek a Tréner profilján megtalálható tréneri adatkezelési tájékoztatóban.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="56AFCDAD" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>A tréneri hírlevélre való feliratkozással felhasználó tudomásul veszi, hogy Adatkezelő az adatokat továbbítja a feliratkozással érintett tréner számára, aki a továbbiakban felel az adatok jogszerű használatáért és a hírlevelek küldéséért.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="64446BAF" w14:textId="77777777" w:rsidR="00C62207" w:rsidRDefault="00C62207" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
-[...7 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="01108CFD" w14:textId="22451BBE" w:rsidR="009F33C2" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="009F33C2">
+    <w:p w14:paraId="09C254EE" w14:textId="486EF89D" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C62207" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+      <w:r w:rsidRPr="00C62207">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>A hírlevelek tartalmának személyre szóló célzása nem történik. A hírlevelek kiküldése érdekében Adatkezelő a jogszabály (Reklám törvény 6. §) által előírt adatokon (név, e-mail cím, feliratkozás időpontja) kívül a tanfolyamon részt vevő nemére és az elvégzett tanfolyamra vonatkozó adatot kezeli és ezek alapján küldhet hírlevelet.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F40D545" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Adatait kizárólag abból a célból használjuk fel, hogy hírlevelünket eljuttassuk az Ön részére. Adatkezelő más adatkezelő részére a kezelt adatokat nem adja át.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7542BBB6" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A hírlevélküldés kizárólag az Ön hozzájárulását követően lehetséges, az adatkezelés az Ön által önkéntesen megadott hozzájáruláson alapul (az adatkezelés jogalapja: GDPR 6 § (1) a)), amely feljogosít minket arra, hogy hírleveleket küldjünk. Hozzájárulásának visszavonása vagy a hírlevélben rendelkezésre álló lemondás funkció használata esetén adatait haladéktalanul töröljük (adatkezelés tartama). Itt hívjuk fel a figyelmét, hogy a tréneri hírlevélről való leiratkozást a tréner felé kell kezdeményeznie, Adatkezelő ebben a folyamatban nem vesz részt. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C283ADE" w14:textId="567A418C" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00BD0E19" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Három évente</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31F09" w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> felülvizsgáljuk adataink pontosságát és az inaktívvá vált (pl. egyetlen hírlevelünket sem nyitotta meg) vagy nem működő (hírlevelek visszapattannak) e-mail címeket - lemondás hiányában is - töröljük. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4E6712F7" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>Adatkezelő a kezelt adatokat szerződéses adatfeldolgozó partnere a Vitál</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Értékelés</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="634F7009" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Amennyiben Ön regisztrált felhasználó</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
-          <w:bCs/>
-[...14 lines deleted...]
-        <w:t>Tréning</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> és jelentkezett a Weboldalon keresztül egy tanfolyamra, amelyen részt is vett</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
-          <w:bCs/>
-[...48 lines deleted...]
-        <w:t>az adatok tárolása az Európai Unión belül történik.</w:t>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> úgy</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> lehetősége van arra, hogy a weboldalon megjelenített, Ön által látogatott tanfolyam Trénerével kapcsolatban közzé tegye véleményét az erre rendelkezésre álló felületen.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51CD9470" w14:textId="72FD6A06" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="7989EF18" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
-        <w:rPr>
-[...5 lines deleted...]
-      </w:pPr>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Az értékelés az Ön keresztneve alatt fog megjelenni</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> a nyilvános oldalon</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="56C4651A" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
-      <w:pPr>
+    <w:p w14:paraId="3BA66627" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:pStyle w:val="Listaszerbekezds"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="22"/>
+        </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="300" w:line="480" w:lineRule="atLeast"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="1"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
-        <w:t>4. Az Önt megillető jogok</w:t>
+        <w:t>Adatbiztonságra vonatkozó rendelkezések</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47677D2C" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="79A9B883" w14:textId="05055EFD" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
-[...26 lines deleted...]
-        <w:t xml:space="preserve"> email-címen érvényesítheti az Önt megillető jogokat, amely alapján - a jogszabályban megjelölt keretek között:</w:t>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Számunkra fontos az Ön személyes és üzleti adatainak biztonsága. Csak olyan adat bekérése történik, ami ahhoz kell, hogy az adatkezelési célokat Adatkezelő megvalósíthassa.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6839DBF2" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="7F186B54" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00465A63" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Adatkezelő a kezelt adatokat szerződéses </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">adatfeldolgozó partnerei, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>WebCapital Kft. (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve">zékhely: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t>7622 Pécs, Rákóczi út 17</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:bCs/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) által biztosított </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>informatikai rendszerben, a Tárhely.Eu Kft. (székhely: Budapest, 1097, Könyves Kálmán krt 12-14) által biztosított tárhelyen tárolja az Európai Unióban. Általános rendszertámogató működési tanácsadást Kanyó Gábor Ev. (6000 Kecskemét Horog utca</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 2.) szerződéses partnerünk nyújt.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66DA6B87" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="645BF72D" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00465A63">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>A hírlevél küldés során a Sender.net szolgáltatást működtető UAB Sender.lt (Vilnius, Lithuania) adatfeldolgozóként támogatja Adatkezelőt, az adatok tárolása az Európai Unión belül történik.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37267115" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="300" w:line="480" w:lineRule="atLeast"/>
+        <w:jc w:val="both"/>
+        <w:outlineLvl w:val="1"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>4. Az Önt megillető jogok</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58CD1682" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
+      <w:pPr>
+        <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        <w:spacing w:after="150"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00CE49D6">
+        <w:rPr>
+          <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+          <w:lang w:eastAsia="hu-HU"/>
+        </w:rPr>
+        <w:t>Tájékoztatjuk, hogy jogszabály alapján az info@intimtorna.hu email-címen érvényesítheti az Önt megillető jogokat, amely alapján - a jogszabályban megjelölt keretek között:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EE557EF" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>hozzáférést kérhet az Önről kezelt személyes adatokhoz, illetve másolatukhoz; (15. cikk)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0EB7C063" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="4F6B5C71" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>tájékoztatást kérhet az adatkezelés főbb jellemzőit (célja, kezelt adatok köre, bevont adatfeldolgozók, adatkezelés tartam) illetően; (15. cikk)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A5C57E7" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="64C6351D" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>bármikor visszavonhatja hozzájárulását; (7. cikk (3))</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="03A50CC4" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="22F0801D" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>kérheti az Önre vonatkozó pontatlan személyes adatok indokolatlan késedelem nélkül helyesbítését vagy a hiányos személyes adatok kiegészítését; (16. cikk)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DE7787E" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="7F6FA58F" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>kérheti az Önre vonatkozó személyes adatok indokolatlan késedelem nélküli törlését (17. cikk), ha</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="640669F0" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="792F54A9" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>a személyes adatokra már nincs szükség a 1. és 2. pontokban megjelölt célokból (szakmai anyagok rendelkezésre bocsátása, hírlevelek küldése);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="651B193E" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="27CFBF06" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Ön visszavonja a hozzájárulását, és a további adatkezelésnek nincs más jogalapja;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BA43F6E" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="67E004BF" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Ön tiltakozik a hírlevelek küldése ellen;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="47224BFB" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="1822FCBD" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>adatai kezelése jogellenesen történt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09C9C10A" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="1146A0FA" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="150" w:after="150"/>
         <w:ind w:left="720"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Nem lehet az adatokat törölni, ha jogi igény előterjesztéséhez, érvényesítéséhez, illetve védelméhez szükséges.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1BFF62D8" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="5D9A40C7" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>kérheti az adatok használatának korlátozását (18. cikk), valamint</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F7FB383" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="01B407B6" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>kérheti azt, hogy az Önre vonatkozó, Ön által megadott adatokat széles körben használt, géppel olvasható formátumban megkapja vagy másik adatkezelő számára közvetlenül továbbítsuk (20. cikk);</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51168786" w14:textId="121FED46" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="7298766E" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>tiltakozhat hírlevelek küldése ellen – a tiltakozást követően e célból adatai nem kezelhetők</w:t>
       </w:r>
-      <w:r w:rsidR="0094323E">
+      <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>(21. cikk (2)-(3));</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6859FED6" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="5E044556" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="20"/>
         </w:numPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>tartózkodási helye, munkahelye vagy a vélelmezett jogsértés helye szerinti felügyeleti hatóságnál eljárást kezdeményezhet (77. cikk).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5F924BCE" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="64E4C9E2" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Magyarországon a felügyeleti hatóság a Nemzeti Adatvédelmi és Információszabadság Hatóság. (Budapest, 1055, Falk Miksa út 9-11, ügyfelszolgalat@naih.hu)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A73058A" w14:textId="77777777" w:rsidR="007B2545" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="007B2545">
+    <w:p w14:paraId="3821D48B" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRPr="00CE49D6" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:spacing w:after="150"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Jogsérelem esetén lehetősége van továbbá az adatkezelővel vagy az adatfeldolgozóval szemben peres eljárást indítani az adatkezelő vagy az adatfeldolgozó tevékenységi helye szerinti tagállam bírósága, valamint az Ön tartózkodási helye szerint illetékes törvényszék előtt.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D135F77" w14:textId="2CE045D0" w:rsidR="000073D4" w:rsidRPr="007B2545" w:rsidRDefault="007B2545" w:rsidP="00C31F09">
+    <w:p w14:paraId="3D135F77" w14:textId="3B511F09" w:rsidR="000073D4" w:rsidRPr="00C31F09" w:rsidRDefault="00C31F09" w:rsidP="00C31F09">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="007B2545">
+      <w:r w:rsidRPr="00CE49D6">
         <w:rPr>
           <w:rFonts w:ascii="Avenir Next" w:eastAsia="Times New Roman" w:hAnsi="Avenir Next" w:cs="Arial"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
           <w:lang w:eastAsia="hu-HU"/>
         </w:rPr>
         <w:t>Az Ön megkeresésére tájékoztatás kérése esetén - azonosítást követően - legfeljebb 30 napon belül, a megadott elérhetőségen válaszolunk.</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="000073D4" w:rsidRPr="007B2545">
-[...2 lines deleted...]
-      <w:footerReference w:type="default" r:id="rId14"/>
+    <w:sectPr w:rsidR="000073D4" w:rsidRPr="00C31F09">
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1417" w:right="1417" w:bottom="1417" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
-<file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
-[...38 lines deleted...]
-
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4BF614DB" w14:textId="77777777" w:rsidR="00EA0303" w:rsidRDefault="00EA0303" w:rsidP="003E4915">
+    <w:p w14:paraId="5352201F" w14:textId="77777777" w:rsidR="00BB1CBA" w:rsidRDefault="00BB1CBA" w:rsidP="003E4915">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="016D7271" w14:textId="77777777" w:rsidR="00EA0303" w:rsidRDefault="00EA0303" w:rsidP="003E4915">
+    <w:p w14:paraId="74E86B0E" w14:textId="77777777" w:rsidR="00BB1CBA" w:rsidRDefault="00BB1CBA" w:rsidP="003E4915">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -2563,51 +1773,51 @@
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Helvetica Neue">
     <w:charset w:val="00"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50002FF" w:usb1="500079DB" w:usb2="00000010" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="80"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="F7FFAFFF" w:usb1="E9DFFFFF" w:usb2="0000003F" w:usb3="00000000" w:csb0="003F01FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Avenir Next">
-    <w:altName w:val="Calibri"/>
+    <w:altName w:val="Corbel"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="8000002F" w:usb1="5000204A" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009B" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
@@ -2678,111 +1888,111 @@
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
         <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:id w:val="-575127896"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtEndPr>
       <w:rPr>
         <w:rStyle w:val="Oldalszm"/>
       </w:rPr>
     </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="3266DA91" w14:textId="77ABF6EF" w:rsidR="000878F1" w:rsidRPr="000878F1" w:rsidRDefault="000878F1" w:rsidP="004351E0">
+      <w:p w14:paraId="3266DA91" w14:textId="3EC1FE44" w:rsidR="000878F1" w:rsidRPr="000878F1" w:rsidRDefault="000878F1" w:rsidP="004351E0">
         <w:pPr>
           <w:pStyle w:val="llb"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="000878F1">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
         <w:r w:rsidRPr="000878F1">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r w:rsidRPr="000878F1">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="006011E5">
+        <w:r w:rsidR="006A52DC">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:noProof/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
-          <w:t>1</w:t>
+          <w:t>3</w:t>
         </w:r>
         <w:r w:rsidRPr="000878F1">
           <w:rPr>
             <w:rStyle w:val="Oldalszm"/>
             <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="26909B26" w14:textId="6690254C" w:rsidR="007C5EC4" w:rsidRPr="006D6765" w:rsidRDefault="009511E5" w:rsidP="006D6765">
+  <w:p w14:paraId="26909B26" w14:textId="056C3131" w:rsidR="007C5EC4" w:rsidRPr="006D6765" w:rsidRDefault="009511E5" w:rsidP="006D6765">
     <w:pPr>
       <w:pStyle w:val="llb"/>
       <w:ind w:right="360"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006D6765">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
         <w:noProof/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
         <w:lang w:eastAsia="hu-HU"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251667456" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="10BC1D09" wp14:editId="55618C98">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3719</wp:posOffset>
@@ -2868,98 +2078,102 @@
                 <wp14:pctWidth>0</wp14:pctWidth>
               </wp14:sizeRelH>
               <wp14:sizeRelV relativeFrom="margin">
                 <wp14:pctHeight>0</wp14:pctHeight>
               </wp14:sizeRelV>
             </wp:anchor>
           </w:drawing>
         </mc:Choice>
         <mc:Fallback xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex">
           <w:pict>
             <v:rect w14:anchorId="108631B9" id="Téglalap 9" o:spid="_x0000_s1026" style="position:absolute;margin-left:.3pt;margin-top:-16.15pt;width:447.2pt;height:3.6pt;z-index:251667456;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD9tYteZAIAALYFAAAOAAAAZHJzL2Uyb0RvYy54bWysVMuu2yAQ3VfqPyDve/2InZfiXEVJ003V&#10;Xt3bqmuCcYyEAQHN4+87gONELeqi6oY4MOcwc84wq+dLz9GJasOkqJP8KUsQFUQ2TBzr5Pu3/Yd5&#10;gozFosFcClonV2qS5/X7d6uzWtJCdpI3VCMgEWZ5VnXSWauWaWpIR3tsnqSiAg5bqXts4a8+po3G&#10;Z2DveVpk2TQ9S90oLQk1BnZ34TBZe/62pcR+bVtDLeJ1ArlZv2q/Htyarld4edRYdYwMaeB/yKLH&#10;TMClI9UOW4x+avYHVc+Ilka29onIPpVtywj1NUA1efZbNW8dVtTXAuIYNcpk/h8t+XJ6Uy8aZDgr&#10;szTw6aq4tLp3v5AfunixrqNY9GIRgc1qOluUJWhK4KysZvnCiZnewUob+4nKHrmPOtHghZcInz4b&#10;G0JvIYNyzZ5xjlrOoBEEtEuCtLQ/mO28ENBeQWIDeI8wSEnQIvPbRh8PW67RCYPV+812lhVDQkfz&#10;GD2ZZFkEkU025aaMIvJpFJFnm0lVRRGLWRRRlEWRf4wi5tDMkaym83xfbaOICgARRD4vy/kuipjG&#10;s9pO8qp8rBw8PN405kwg7N4yGG0I5rRxNvhXYxmnr2BqsBLekLfPSc2FW4V0doZTt5PeO8x/2Sun&#10;IfqVtog10FNFcNI9fjp6iQmhwgbvTYcbGiwO9Qd6Py4cwjcgF0DomFu4f+QeCOLcgWaId1DqZ8cI&#10;HoT+G3hE+JulsCO4Z0LqWGUcqhpuDvE3kYI0TqWDbK4vGmnLtzKMMCxIJ2GCEas92EXBcPCVD4PM&#10;TZ/H/572Pm7XvwAAAP//AwBQSwMEFAAGAAgAAAAhAAAG23nhAAAADQEAAA8AAABkcnMvZG93bnJl&#10;di54bWxMj8uOwjAMRfcjzT9EHml2kD4EgtIUVfPaIUThA0Jj2k6bpGoCLX8/ZjVsLNnXvr4n3U66&#10;YzccXGONgHAeAENTWtWYSsDp+D1bAXNeGiU7a1DAHR1ss9eXVCbKjuaAt8JXjEyMS6SA2vs+4dyV&#10;NWrp5rZHQ9rFDlp6aoeKq0GOZK47HgXBkmvZGPpQyx4/aizb4qoF/O5/7F3uv8I2x90pLtr1ccyV&#10;EO9v0+eGSr4B5nHy/xfwYKD8kFGws70a5VgnYEl7AmZxFAMjebVeEN+ZJtEiBJ6l/Jki+wMAAP//&#10;AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRf&#10;VHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABf&#10;cmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9tYteZAIAALYFAAAOAAAAAAAAAAAAAAAAAC4CAABk&#10;cnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAAIQAABtt54QAAAA0BAAAPAAAAAAAAAAAAAAAAAL4E&#10;AABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQABADzAAAAzAUAAAAA&#10;" fillcolor="#fac702" stroked="f" strokeweight="1pt">
               <v:fill color2="#24221e" rotate="t" angle="90" colors="0 #fac702;10486f #10a355;21627f #03a4a4;.5 #18448d;43909f #c31544;53740f #681f5c;63570f #24221e" focus="100%" type="gradient"/>
             </v:rect>
           </w:pict>
         </mc:Fallback>
       </mc:AlternateContent>
     </w:r>
     <w:r w:rsidR="006D6765" w:rsidRPr="006D6765">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t xml:space="preserve">www.intimtorna.hu | </w:t>
     </w:r>
-    <w:r w:rsidR="006011E5">
-[...14 lines deleted...]
-    </w:r>
     <w:r w:rsidR="00C31F09">
       <w:rPr>
         <w:rFonts w:ascii="Avenir Next" w:hAnsi="Avenir Next"/>
         <w:sz w:val="20"/>
         <w:szCs w:val="20"/>
       </w:rPr>
       <w:t>Adatkezelési tájékoztató</w:t>
     </w:r>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="7B1C43B5" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRDefault="00C31F09">
+    <w:pPr>
+      <w:pStyle w:val="llb"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2F9E37DE" w14:textId="77777777" w:rsidR="00EA0303" w:rsidRDefault="00EA0303" w:rsidP="003E4915">
+    <w:p w14:paraId="55379B3C" w14:textId="77777777" w:rsidR="00BB1CBA" w:rsidRDefault="00BB1CBA" w:rsidP="003E4915">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A06E8AE" w14:textId="77777777" w:rsidR="00EA0303" w:rsidRDefault="00EA0303" w:rsidP="003E4915">
+    <w:p w14:paraId="4AD3EFDC" w14:textId="77777777" w:rsidR="00BB1CBA" w:rsidRDefault="00BB1CBA" w:rsidP="003E4915">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="235273E7" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRDefault="00C31F09">
+    <w:pPr>
+      <w:pStyle w:val="lfej"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:p w14:paraId="2FD41B54" w14:textId="77777777" w:rsidR="00F85ADE" w:rsidRDefault="00515B26" w:rsidP="00D45336">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3513"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
         <w:lang w:eastAsia="hu-HU"/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="7813BEA0" wp14:editId="2885086C">
           <wp:extent cx="1842059" cy="335637"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:docPr id="1" name="Kép 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -2992,50 +2206,60 @@
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
   <w:p w14:paraId="7729237A" w14:textId="77777777" w:rsidR="003E0D4F" w:rsidRDefault="003E0D4F" w:rsidP="00D45336">
     <w:pPr>
       <w:pStyle w:val="lfej"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="3513"/>
       </w:tabs>
       <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+  <w:p w14:paraId="6BF529D5" w14:textId="77777777" w:rsidR="00C31F09" w:rsidRDefault="00C31F09">
+    <w:pPr>
+      <w:pStyle w:val="lfej"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="11604256"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="57CA3EDC"/>
     <w:lvl w:ilvl="0" w:tplc="040E0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -3346,139 +2570,50 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="15825785"/>
-[...87 lines deleted...]
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16B71571"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="75386344"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3583,51 +2718,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="16D93AB1"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="C4F22330"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3732,51 +2867,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="174E3CC5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5942B4D2"/>
     <w:lvl w:ilvl="0" w:tplc="040E0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -3821,51 +2956,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17C0431C"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="905A6538"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3970,51 +3105,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1E2106FE"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="DCA2DEA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4119,51 +3254,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F745F4A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B45A8CD2"/>
     <w:lvl w:ilvl="0" w:tplc="040E0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4232,51 +3367,51 @@
     <w:lvl w:ilvl="7" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="270E6F20"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EC88A138"/>
     <w:lvl w:ilvl="0" w:tplc="4D44BA18">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="A9B2960E">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="2E6AE994">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%3."/>
@@ -4318,51 +3453,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="5F8296D0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0E5888CA">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1020" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2BB339FF"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="68C01740"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4467,51 +3602,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="32802418"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF087698"/>
     <w:lvl w:ilvl="0" w:tplc="FCBAF432">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="765" w:hanging="405"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -4556,51 +3691,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="328F637A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2912123C"/>
     <w:lvl w:ilvl="0" w:tplc="040E0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4669,51 +3804,51 @@
     <w:lvl w:ilvl="7" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="35912E25"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FC34DA60"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -4818,51 +3953,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C2D59C6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A072E792"/>
     <w:lvl w:ilvl="0" w:tplc="040E0001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -4931,51 +4066,51 @@
     <w:lvl w:ilvl="7" w:tplc="040E0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3EB443AC"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="BB9E36A2"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5080,51 +4215,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3F0B3997"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="3E525F76"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5229,51 +4364,51 @@
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4E8E631E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="56AA08E0"/>
     <w:lvl w:ilvl="0" w:tplc="040E0017">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -5318,51 +4453,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="627C7972"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="A008CEC0"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -5467,51 +4602,51 @@
         </w:tabs>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6120"/>
         </w:tabs>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="64C072D6"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3500A4A8"/>
     <w:lvl w:ilvl="0" w:tplc="70E81796">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperRoman"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -5557,51 +4692,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="744F40DB"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="AD8EABA8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -5670,51 +4805,51 @@
     <w:lvl w:ilvl="7" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="75092BF7"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B83A25B2"/>
     <w:lvl w:ilvl="0" w:tplc="E16EBFEE">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1125" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1845" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040E001B" w:tentative="1">
@@ -5760,306 +4895,294 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5445" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040E0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6165" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040E001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6885" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="4">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="5">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="6">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="7">
     <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="4">
-[...10 lines deleted...]
-  </w:num>
   <w:num w:numId="8">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="9">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="10">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="11">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="13">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="14">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="15">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16">
-    <w:abstractNumId w:val="20"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="17">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="18">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="19">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="20">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="21">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="22">
     <w:abstractNumId w:val="21"/>
   </w:num>
-  <w:num w:numId="21">
-[...4 lines deleted...]
-  </w:num>
   <w:num w:numId="23">
-    <w:abstractNumId w:val="6"/>
-[...2 lines deleted...]
-    <w:abstractNumId w:val="3"/>
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
-</file>
-[...6 lines deleted...]
-</w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
   <w:zoom w:percent="100"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00B75B9F"/>
     <w:rsid w:val="000073D4"/>
     <w:rsid w:val="00023C64"/>
+    <w:rsid w:val="00056F06"/>
     <w:rsid w:val="000878F1"/>
+    <w:rsid w:val="00115AB6"/>
     <w:rsid w:val="00130AD7"/>
+    <w:rsid w:val="00164BB8"/>
     <w:rsid w:val="001659A6"/>
     <w:rsid w:val="0016715F"/>
     <w:rsid w:val="00172E04"/>
     <w:rsid w:val="001865AC"/>
-    <w:rsid w:val="00195BF9"/>
     <w:rsid w:val="00197164"/>
     <w:rsid w:val="001F4253"/>
     <w:rsid w:val="0020476F"/>
     <w:rsid w:val="00212976"/>
     <w:rsid w:val="00227C06"/>
     <w:rsid w:val="00244E80"/>
     <w:rsid w:val="00267131"/>
+    <w:rsid w:val="0026764D"/>
     <w:rsid w:val="00280862"/>
     <w:rsid w:val="002813E6"/>
     <w:rsid w:val="003604F1"/>
     <w:rsid w:val="003643D4"/>
-    <w:rsid w:val="003779BE"/>
     <w:rsid w:val="00380CDA"/>
     <w:rsid w:val="00386A36"/>
     <w:rsid w:val="00396E97"/>
     <w:rsid w:val="003970C1"/>
-    <w:rsid w:val="003A3026"/>
     <w:rsid w:val="003B21A2"/>
     <w:rsid w:val="003E0D4F"/>
     <w:rsid w:val="003E4915"/>
     <w:rsid w:val="003F34DB"/>
     <w:rsid w:val="003F6476"/>
     <w:rsid w:val="00405C4A"/>
+    <w:rsid w:val="0041058D"/>
     <w:rsid w:val="00417ABD"/>
     <w:rsid w:val="00442AAB"/>
-    <w:rsid w:val="0045516C"/>
     <w:rsid w:val="00470A19"/>
     <w:rsid w:val="004E3005"/>
     <w:rsid w:val="004F7789"/>
     <w:rsid w:val="00515B26"/>
     <w:rsid w:val="00535EE8"/>
     <w:rsid w:val="0055018A"/>
-    <w:rsid w:val="00554182"/>
+    <w:rsid w:val="00554D1D"/>
     <w:rsid w:val="00562BBF"/>
     <w:rsid w:val="00581B40"/>
     <w:rsid w:val="005842D5"/>
     <w:rsid w:val="00591BC5"/>
+    <w:rsid w:val="005A1178"/>
     <w:rsid w:val="005A3054"/>
     <w:rsid w:val="005A67DD"/>
     <w:rsid w:val="005B73CF"/>
     <w:rsid w:val="005E1775"/>
-    <w:rsid w:val="006011E5"/>
-    <w:rsid w:val="00607AD7"/>
     <w:rsid w:val="00631E16"/>
     <w:rsid w:val="00631E9A"/>
     <w:rsid w:val="00674A6A"/>
     <w:rsid w:val="0068138B"/>
     <w:rsid w:val="0068223F"/>
+    <w:rsid w:val="006824BB"/>
     <w:rsid w:val="00687F51"/>
     <w:rsid w:val="006937D1"/>
+    <w:rsid w:val="006A52DC"/>
+    <w:rsid w:val="006B3791"/>
     <w:rsid w:val="006B5C49"/>
     <w:rsid w:val="006C678F"/>
     <w:rsid w:val="006D6765"/>
     <w:rsid w:val="0070179A"/>
     <w:rsid w:val="007203E1"/>
     <w:rsid w:val="007477D3"/>
     <w:rsid w:val="00757881"/>
     <w:rsid w:val="0076305C"/>
     <w:rsid w:val="007A278B"/>
     <w:rsid w:val="007B168A"/>
-    <w:rsid w:val="007B2545"/>
     <w:rsid w:val="007C5EC4"/>
-    <w:rsid w:val="007D314D"/>
     <w:rsid w:val="007D54EF"/>
-    <w:rsid w:val="007E27DB"/>
     <w:rsid w:val="0081086C"/>
     <w:rsid w:val="0081327E"/>
     <w:rsid w:val="008259D4"/>
     <w:rsid w:val="008267CF"/>
     <w:rsid w:val="00850DF4"/>
     <w:rsid w:val="00855B02"/>
     <w:rsid w:val="00876A32"/>
     <w:rsid w:val="008903F0"/>
     <w:rsid w:val="008976C9"/>
     <w:rsid w:val="008A148A"/>
     <w:rsid w:val="008A29E6"/>
     <w:rsid w:val="008B512B"/>
     <w:rsid w:val="008B7126"/>
-    <w:rsid w:val="008C3144"/>
     <w:rsid w:val="008C5381"/>
     <w:rsid w:val="008E3D8E"/>
     <w:rsid w:val="00914B31"/>
     <w:rsid w:val="0093036D"/>
     <w:rsid w:val="00931EBD"/>
-    <w:rsid w:val="0094323E"/>
     <w:rsid w:val="009511E5"/>
     <w:rsid w:val="0095303A"/>
     <w:rsid w:val="00956DFE"/>
     <w:rsid w:val="00964ABA"/>
-    <w:rsid w:val="009721AF"/>
     <w:rsid w:val="0097434C"/>
     <w:rsid w:val="009C0488"/>
     <w:rsid w:val="009D5559"/>
-    <w:rsid w:val="009F33C2"/>
     <w:rsid w:val="00A07E54"/>
     <w:rsid w:val="00A20DB6"/>
     <w:rsid w:val="00A538F8"/>
     <w:rsid w:val="00A66205"/>
     <w:rsid w:val="00A805F7"/>
     <w:rsid w:val="00A957F2"/>
     <w:rsid w:val="00AB069D"/>
     <w:rsid w:val="00AB67EE"/>
     <w:rsid w:val="00AD7F7F"/>
     <w:rsid w:val="00AE21C7"/>
     <w:rsid w:val="00B10243"/>
     <w:rsid w:val="00B75B9F"/>
     <w:rsid w:val="00B969AE"/>
+    <w:rsid w:val="00BB1CBA"/>
+    <w:rsid w:val="00BD0E19"/>
     <w:rsid w:val="00C13DF6"/>
+    <w:rsid w:val="00C267FC"/>
     <w:rsid w:val="00C31F09"/>
+    <w:rsid w:val="00C4740E"/>
+    <w:rsid w:val="00C62207"/>
     <w:rsid w:val="00C73557"/>
     <w:rsid w:val="00C819A4"/>
     <w:rsid w:val="00D04385"/>
     <w:rsid w:val="00D13D4E"/>
     <w:rsid w:val="00D24469"/>
     <w:rsid w:val="00D45336"/>
     <w:rsid w:val="00D90AF8"/>
     <w:rsid w:val="00D95BFA"/>
     <w:rsid w:val="00D97B60"/>
     <w:rsid w:val="00DA00FA"/>
     <w:rsid w:val="00DD4BD3"/>
     <w:rsid w:val="00DF5951"/>
     <w:rsid w:val="00E00647"/>
     <w:rsid w:val="00E02030"/>
     <w:rsid w:val="00E03DE4"/>
+    <w:rsid w:val="00E104B1"/>
     <w:rsid w:val="00E21272"/>
     <w:rsid w:val="00E31555"/>
     <w:rsid w:val="00E407B0"/>
     <w:rsid w:val="00E61ACB"/>
     <w:rsid w:val="00E64118"/>
-    <w:rsid w:val="00E74B5C"/>
-    <w:rsid w:val="00EA0303"/>
     <w:rsid w:val="00EA0DD3"/>
     <w:rsid w:val="00EC1213"/>
     <w:rsid w:val="00ED5CEA"/>
     <w:rsid w:val="00EE2BAA"/>
     <w:rsid w:val="00EF0BF6"/>
     <w:rsid w:val="00EF3FB0"/>
     <w:rsid w:val="00F139E8"/>
-    <w:rsid w:val="00F24BC7"/>
     <w:rsid w:val="00F522F3"/>
     <w:rsid w:val="00F6574A"/>
     <w:rsid w:val="00F85ADE"/>
     <w:rsid w:val="00F94AB8"/>
     <w:rsid w:val="00FB7824"/>
     <w:rsid w:val="00FF7A29"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="hu-HU"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
     <o:shapelayout v:ext="edit">
@@ -8018,54 +7141,54 @@
                       <w:marRight w:val="0"/>
                       <w:marTop w:val="0"/>
                       <w:marBottom w:val="0"/>
                       <w:divBdr>
                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                       </w:divBdr>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.intimtorna.hu" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.microsoft.com/office/2016/09/relationships/commentsIds" Target="commentsIds.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId19" Type="http://schemas.microsoft.com/office/2018/08/relationships/commentsExtensible" Target="commentsExtensible.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simplepay.hu/vasarlo-aff" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office-téma">
   <a:themeElements>
     <a:clrScheme name="KRISTON 1">
       <a:dk1>
         <a:srgbClr val="585955"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FAC613"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="CC1843"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="1B5A9D"/>
       </a:accent2>
@@ -8329,82 +7452,82 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="/APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9DBAD3CD-4709-4AE6-8446-E000B65C5ECD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{38E0E6AF-071A-4560-9358-C9A707E6DD52}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1354</Words>
-  <Characters>9346</Characters>
+  <Words>1371</Words>
+  <Characters>9463</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>77</Lines>
+  <Lines>78</Lines>
   <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Cím</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10679</CharactersWithSpaces>
+  <CharactersWithSpaces>10813</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Microsoft Office User</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>